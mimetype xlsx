--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4679b5883fe14e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d7c39c8ee74907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R00efe6b324794ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R255ae6a76e6a4916"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00efe6b324794ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R255ae6a76e6a4916" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="20" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="20" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCIENTIFICNAME_EN</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>TRADENAME_EN</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
@@ -141,607 +141,607 @@
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>Manufacturer_Name</x:v>
       </x:c>
       <x:c r="E1" s="3" t="str">
         <x:v>UPDATE_TIME</x:v>
       </x:c>
       <x:c r="F1" s="3" t="str">
         <x:v>Agent</x:v>
       </x:c>
       <x:c r="G1" s="3" t="str">
         <x:v>SHORTAGE_TYPE_EN</x:v>
       </x:c>
       <x:c r="H1" s="3" t="str">
         <x:v>SHORTAGE_START_DATE</x:v>
       </x:c>
       <x:c r="I1" s="3" t="str">
         <x:v>duration</x:v>
       </x:c>
       <x:c r="J1" s="3" t="str">
         <x:v>SHORTAGE_REASON_EN</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
-        <x:v>MOMETASONE FUROATE</x:v>
+        <x:v>BUDESONIDE</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>ELOCOM 0.1% LOTION</x:v>
+        <x:v>BUDIAIR 200 MCG PRESSURISED INH SOLUTION</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>1-5232-18</x:v>
+        <x:v>4-340-07</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>FAMAR MONTREAL INC</x:v>
+        <x:v>CHIESI FARMACEUTICIS</x:v>
       </x:c>
       <x:c r="E2" s="1" t="n">
-        <x:v>45965.344247685185</x:v>
+        <x:v>46055.42019675926</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>Farouk, Maamoun Tamer &amp; CO</x:v>
+        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H2" s="2" t="n">
-        <x:v>45827</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="I2" s="5" t="n">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>TRIFLUOPERAZINE</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>DEXTROSE,N.SALINE</x:v>
+        <x:v>STELAZINE 1MG TABLETS</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>3-149-91</x:v>
+        <x:v>1-522-09</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>BRISTOL LABORATORIES</x:v>
       </x:c>
       <x:c r="E3" s="1" t="n">
-        <x:v>45931.289039351854</x:v>
+        <x:v>46055.396145833336</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H3" s="2" t="n">
-        <x:v>45888</x:v>
+        <x:v>44437</x:v>
       </x:c>
       <x:c r="I3" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>TRIFLUOPERAZINE</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>DEXTROSE,N.SALINE</x:v>
+        <x:v>STELAZINE 5MG TABLETS</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>39-149-92</x:v>
+        <x:v>2-522-09</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>BRISTOL LABORATORIES</x:v>
       </x:c>
       <x:c r="E4" s="1" t="n">
-        <x:v>45931.28768518518</x:v>
+        <x:v>46047.51734953704</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H4" s="2" t="n">
-        <x:v>45888</x:v>
+        <x:v>44927</x:v>
       </x:c>
       <x:c r="I4" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
-        <x:v>DEXTROSE</x:v>
+        <x:v>ADRENALINE</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>DEXTROSE 50%</x:v>
+        <x:v>ADRENALINE 1:1000 INJ</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>41-149-92</x:v>
+        <x:v>1-239-86</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>ANTIGEN</x:v>
       </x:c>
       <x:c r="E5" s="1" t="n">
-        <x:v>45931.286215277774</x:v>
+        <x:v>46023.40721064815</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H5" s="2" t="n">
-        <x:v>44469</x:v>
+      <x:c r="H5" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I5" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>Regulations Related Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>IMIPRAMINE HYDROCHLORIDE</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>0.18% W/V SODIUM CHLORIDE and 5% W/V DEXTROSE intravenous infusion</x:v>
+        <x:v>TOFRANIL 25 MG 50 TAB</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>35-149-92</x:v>
+        <x:v>3-849-13</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>PATHEON</x:v>
       </x:c>
       <x:c r="E6" s="1" t="n">
-        <x:v>45931.28076388889</x:v>
+        <x:v>46015.34305555555</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H6" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="I6" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
-        <x:v>CALCIUM GLUCONATE</x:v>
+        <x:v>TOPIRAMATE</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>CALCIUM GLUCONATE 10% W-V INJECTION</x:v>
+        <x:v>TOPAMAX 200MG F.C.TAB.</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>304-149-06</x:v>
+        <x:v>37-51-99</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>JANSSEN-CILAG</x:v>
       </x:c>
       <x:c r="E7" s="1" t="n">
-        <x:v>45931.27799768518</x:v>
+        <x:v>46001.57424768519</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Cigalah Group</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H7" s="2" t="n">
-        <x:v>44469</x:v>
+      <x:c r="H7" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I7" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
-        <x:v>LIDOCAINE HYDROCHLORIDE</x:v>
+        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>2% W-V LIDOCAINE HCL INJECTION USP</x:v>
+        <x:v>DEXTROSE,N.SALINE</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>246-149-02</x:v>
+        <x:v>39-149-92</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E8" s="1" t="n">
-        <x:v>45931.276655092595</x:v>
+        <x:v>45931.28768518518</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H8" s="2" t="n">
-        <x:v>45887</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="I8" s="5" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
-        <x:v>DEXTROSE</x:v>
+        <x:v>CALCIUM GLUCONATE</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>DEXTROSE 5%</x:v>
+        <x:v>CALCIUM GLUCONATE 10% W-V INJECTION</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>2-149-91</x:v>
+        <x:v>304-149-06</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E9" s="1" t="n">
-        <x:v>45931.2731712963</x:v>
+        <x:v>45931.27799768518</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H9" s="2" t="n">
-        <x:v>45888</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="I9" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
-        <x:v>DEXTROSE</x:v>
+        <x:v>LIDOCAINE HYDROCHLORIDE</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>DEXTROSE 40% INFUSION</x:v>
+        <x:v>2% W-V LIDOCAINE HCL INJECTION USP</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>175-149-99</x:v>
+        <x:v>246-149-02</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E10" s="1" t="n">
-        <x:v>45931.2719212963</x:v>
+        <x:v>45931.276655092595</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H10" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="I10" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v>DEXTROSE 40% INFUSION</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>176-149-99</x:v>
+        <x:v>175-149-99</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E11" s="1" t="n">
-        <x:v>45931.27162037037</x:v>
+        <x:v>45931.2719212963</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H11" s="2" t="n">
-        <x:v>45888</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="I11" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>20%W/V DEXTROSE injection, USP</x:v>
+        <x:v>DEXTROSE 40% INFUSION</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>255-149-02</x:v>
+        <x:v>176-149-99</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E12" s="1" t="n">
-        <x:v>45931.269907407404</x:v>
+        <x:v>45931.27162037037</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H12" s="2" t="n">
         <x:v>45888</x:v>
       </x:c>
       <x:c r="I12" s="5" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
         <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>DEXTROSE 20% INJ</x:v>
+        <x:v>20%W/V DEXTROSE injection, USP</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>254-149-02</x:v>
+        <x:v>255-149-02</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E13" s="1" t="n">
-        <x:v>45930.33628472222</x:v>
+        <x:v>45931.269907407404</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H13" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="I13" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
         <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>DEXTROSE 25% INJ</x:v>
+        <x:v>DEXTROSE 20% INJ</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>196-149-00</x:v>
+        <x:v>254-149-02</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E14" s="1" t="n">
-        <x:v>45930.32916666667</x:v>
+        <x:v>45930.33628472222</x:v>
       </x:c>
       <x:c r="F14" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H14" s="2" t="n">
-        <x:v>45887</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="I14" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
         <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B15" t="str">
         <x:v>DEXTROSE 25% INJ</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>197-149-00</x:v>
+        <x:v>196-149-00</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E15" s="1" t="n">
-        <x:v>45930.328726851854</x:v>
+        <x:v>45930.32916666667</x:v>
       </x:c>
       <x:c r="F15" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H15" s="2" t="n">
         <x:v>45887</x:v>
       </x:c>
       <x:c r="I15" s="5" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
         <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>DEXTROSE 25% INJ</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>195-149-00</x:v>
+        <x:v>197-149-00</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E16" s="1" t="n">
-        <x:v>45930.32069444445</x:v>
+        <x:v>45930.328726851854</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H16" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="I16" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>DEXTROSE ,SOD.CHLORIDE</x:v>
+        <x:v>DEXTROSE 25% INJ</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>160-149-98</x:v>
+        <x:v>195-149-00</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E17" s="1" t="n">
-        <x:v>45930.319699074076</x:v>
+        <x:v>45930.32069444445</x:v>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H17" s="2" t="n">
-        <x:v>45887</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="I17" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J17" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
         <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>DEXTROSE ,SOD.CHLORIDE</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>42-149-92</x:v>
+        <x:v>160-149-98</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E18" s="1" t="n">
-        <x:v>45930.319027777776</x:v>
+        <x:v>45930.319699074076</x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H18" s="2" t="n">
         <x:v>45887</x:v>
       </x:c>
       <x:c r="I18" s="5" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str">
         <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>DEXTROSE ,SOD.CHLORIDE</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>40-149-92</x:v>
+        <x:v>42-149-92</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E19" s="1" t="n">
-        <x:v>45930.31736111111</x:v>
+        <x:v>45930.319027777776</x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H19" s="2" t="n">
         <x:v>45887</x:v>
       </x:c>
       <x:c r="I19" s="5" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str">
         <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B20" t="str">
         <x:v>DEXTROSE ,SOD.CHLORIDE</x:v>
       </x:c>
       <x:c r="C20" t="str">
@@ -877,1722 +877,1274 @@
       </x:c>
       <x:c r="D24" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E24" s="1" t="n">
         <x:v>45930.310902777775</x:v>
       </x:c>
       <x:c r="F24" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H24" s="2" t="n">
         <x:v>45887</x:v>
       </x:c>
       <x:c r="I24" s="5" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
-        <x:v>WATER</x:v>
+        <x:v>SODIUM CHLORIDE,POTASSIUM CHLORIDE, CALCIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>WATER FOR INJECTION</x:v>
+        <x:v>RINGERS SOLUTION</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>29-149-91</x:v>
+        <x:v>69-149-93</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E25" s="1" t="n">
-        <x:v>45929.50760416667</x:v>
+        <x:v>45929.50738425926</x:v>
       </x:c>
       <x:c r="F25" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H25" s="2" t="n">
-        <x:v>45887</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="I25" s="5" t="n">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J25" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
-        <x:v>WATER</x:v>
+        <x:v>SODIUM CHLORIDE,POTASSIUM CHLORIDE, CALCIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>WATER FOR IRRIGATION</x:v>
+        <x:v>RINGERS SOLUTION</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>30-149-91</x:v>
+        <x:v>26-149-91</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E26" s="1" t="n">
-        <x:v>45929.5075</x:v>
+        <x:v>45929.507256944446</x:v>
       </x:c>
       <x:c r="F26" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H26" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I26" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
-        <x:v>SODIUM CHLORIDE,POTASSIUM CHLORIDE, CALCIUM CHLORIDE</x:v>
+        <x:v>SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>RINGERS SOLUTION</x:v>
+        <x:v>SODIUM CHLORIDE 0.9% INFUSION</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>69-149-93</x:v>
+        <x:v>293-149-04</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E27" s="1" t="n">
-        <x:v>45929.50738425926</x:v>
+        <x:v>45929.50711805555</x:v>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H27" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I27" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str">
-        <x:v>SODIUM CHLORIDE,POTASSIUM CHLORIDE, CALCIUM CHLORIDE</x:v>
+        <x:v>SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>RINGERS SOLUTION</x:v>
+        <x:v>SODIUM CHLORIDE 0.9% INFUSION</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>26-149-91</x:v>
+        <x:v>294-149-04</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E28" s="1" t="n">
-        <x:v>45929.507256944446</x:v>
+        <x:v>45929.50699074074</x:v>
       </x:c>
       <x:c r="F28" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H28" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I28" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str">
         <x:v>SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>SODIUM CHLORIDE 0.9% INFUSION</x:v>
+        <x:v>SOD. CHLORIDE 3% I.V INJECTION AMP</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>293-149-04</x:v>
+        <x:v>244-149-02</x:v>
       </x:c>
       <x:c r="D29" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E29" s="1" t="n">
-        <x:v>45929.50711805555</x:v>
+        <x:v>45929.506875</x:v>
       </x:c>
       <x:c r="F29" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H29" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I29" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J29" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str">
         <x:v>SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>SODIUM CHLORIDE 0.9% INFUSION</x:v>
+        <x:v>SOD. CHLORIDE 3% I.V INJECTION AMP</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>294-149-04</x:v>
+        <x:v>245-149-02</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E30" s="1" t="n">
-        <x:v>45929.50699074074</x:v>
+        <x:v>45929.50675925926</x:v>
       </x:c>
       <x:c r="F30" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H30" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I30" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J30" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str">
         <x:v>SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>SOD. CHLORIDE 3% I.V INJECTION AMP</x:v>
+        <x:v>SODIUM CHLORIDE 0.45% INF.</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>244-149-02</x:v>
+        <x:v>171-149-99</x:v>
       </x:c>
       <x:c r="D31" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E31" s="1" t="n">
-        <x:v>45929.506875</x:v>
+        <x:v>45929.50641203704</x:v>
       </x:c>
       <x:c r="F31" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H31" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I31" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J31" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str">
-        <x:v>SODIUM CHLORIDE</x:v>
+        <x:v>GLYCINE</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>SOD. CHLORIDE 3% I.V INJECTION AMP</x:v>
+        <x:v>GLYCINE IRRIGATION SOLN 1.5%</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>245-149-02</x:v>
+        <x:v>96-149-95</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E32" s="1" t="n">
-        <x:v>45929.50675925926</x:v>
+        <x:v>45929.506261574075</x:v>
       </x:c>
       <x:c r="F32" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H32" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I32" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J32" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str">
-        <x:v>SODIUM BICARBONATE</x:v>
+        <x:v>GLYCINE</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>SODIUM BICARBONATE 8.4% INF.</x:v>
+        <x:v>GLYCINE IRRIGATION SOLN 1.5%</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>47-149-92</x:v>
+        <x:v>97-149-95</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E33" s="1" t="n">
-        <x:v>45929.50664351852</x:v>
+        <x:v>45929.506157407406</x:v>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H33" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I33" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str">
-        <x:v>SODIUM BICARBONATE</x:v>
+        <x:v>GLYCINE</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>SODIUM BICARBONATE 5% INF.</x:v>
+        <x:v>GLYCINE IRRIGATION</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>43-149-92</x:v>
+        <x:v>95-149-95</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E34" s="1" t="n">
-        <x:v>45929.50653935185</x:v>
+        <x:v>45929.50601851852</x:v>
       </x:c>
       <x:c r="F34" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H34" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I34" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str">
-        <x:v>SODIUM CHLORIDE</x:v>
+        <x:v>GLYCINE</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>SODIUM CHLORIDE 0.45% INF.</x:v>
+        <x:v>GLYCINE IRRIGATION SOLN 1.5%</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>171-149-99</x:v>
+        <x:v>100-149-95</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E35" s="1" t="n">
-        <x:v>45929.50641203704</x:v>
+        <x:v>45929.505902777775</x:v>
       </x:c>
       <x:c r="F35" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H35" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I35" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str">
-        <x:v>GLYCINE</x:v>
+        <x:v>DEXTROSE</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>GLYCINE IRRIGATION SOLN 1.5%</x:v>
+        <x:v>DEXTROSE 10% I.V.INFUSION</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>96-149-95</x:v>
+        <x:v>62-149-93</x:v>
       </x:c>
       <x:c r="D36" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E36" s="1" t="n">
-        <x:v>45929.506261574075</x:v>
+        <x:v>45929.50554398148</x:v>
       </x:c>
       <x:c r="F36" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H36" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I36" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J36" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str">
-        <x:v>GLYCINE</x:v>
+        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>GLYCINE IRRIGATION SOLN 1.5%</x:v>
+        <x:v>DEXTROSE 10% IN 1-2 NORMAL SALINE</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>97-149-95</x:v>
+        <x:v>54-149-93</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="E37" s="1" t="n">
-        <x:v>45929.506157407406</x:v>
+        <x:v>45929.505219907405</x:v>
       </x:c>
       <x:c r="F37" t="str">
         <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H37" s="2" t="n">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="I37" s="5" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J37" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str">
-        <x:v>GLYCINE</x:v>
+        <x:v>ELUXADOLINE</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>GLYCINE IRRIGATION</x:v>
+        <x:v>VIBERZI 100 MG FILM COATED TABLETS</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>95-149-95</x:v>
+        <x:v>2-5179-18</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Patheon Pharmaceuticals Inc. </x:v>
       </x:c>
       <x:c r="E38" s="1" t="n">
-        <x:v>45929.50601851852</x:v>
+        <x:v>45924.578206018516</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Cigalah Group</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H38" s="2" t="n">
-        <x:v>44469</x:v>
+      <x:c r="H38" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I38" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J38" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str">
-        <x:v>GLYCINE</x:v>
+        <x:v>BENZOYL PEROXIDE</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>GLYCINE IRRIGATION SOLN 1.5%</x:v>
+        <x:v>BENZAC AC 2.5% GEL</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>100-149-95</x:v>
+        <x:v>8-274-98</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>GALDERMA</x:v>
       </x:c>
       <x:c r="E39" s="1" t="n">
-        <x:v>45929.505902777775</x:v>
+        <x:v>45907.48554398148</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Galderma Arabia</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H39" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="I39" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="J39" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str">
-        <x:v>DEXTROSE</x:v>
+        <x:v>DIETHYLAMINE SALICYLATE,AESCIN</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>DEXTROSE 10% I.V.INFUSION</x:v>
+        <x:v>REPARIL GEL N</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>31-149-91</x:v>
+        <x:v>5-5927-25</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Rottapharm|Madaus Group</x:v>
       </x:c>
       <x:c r="E40" s="1" t="n">
-        <x:v>45929.505694444444</x:v>
+        <x:v>45894.465092592596</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Viatris Arabia Limited</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H40" s="2" t="n">
-        <x:v>44469</x:v>
+      <x:c r="H40" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I40" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str">
-        <x:v>DEXTROSE</x:v>
+        <x:v>DIETHYLAMINE SALICYLATE,AESCIN</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>DEXTROSE 10% I.V.INFUSION</x:v>
+        <x:v>REPARIL GEL N</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>62-149-93</x:v>
+        <x:v>6-5927-25</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Rottapharm|Madaus Group</x:v>
       </x:c>
       <x:c r="E41" s="1" t="n">
-        <x:v>45929.50554398148</x:v>
+        <x:v>45894.46493055556</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Viatris Arabia Limited</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H41" s="2" t="n">
-        <x:v>44469</x:v>
+      <x:c r="H41" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I41" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>DULOXETINE</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>DEXTROSE 10% IN 1-2 NORMAL SALINE</x:v>
+        <x:v>CYMBALTA 60MG HARD GASTRO-RESISTANT CAP</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>60-149-93</x:v>
+        <x:v>0512222979</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>Lilly Del Caribe, Inc.</x:v>
       </x:c>
       <x:c r="E42" s="1" t="n">
-        <x:v>45929.505428240744</x:v>
+        <x:v>45859.44247685185</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H42" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="I42" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>Global Shortage</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>ONDANSETRON</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>DEXTROSE 10% IN 1-2 NORMAL SALINE</x:v>
+        <x:v>ONDRON 2MG/ML AMPOULE</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>54-149-93</x:v>
+        <x:v>33-5223-19</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>INTAS PHARMACEUTICALS LIMITED</x:v>
       </x:c>
       <x:c r="E43" s="1" t="n">
-        <x:v>45929.505219907405</x:v>
+        <x:v>45736.49753472222</x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H43" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="I43" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="J43" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str">
-        <x:v>DEXTROSE,SODIUM CHLORIDE</x:v>
+        <x:v>ONDANSETRON</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>DEXTROSE ,SOD.CHLORIDE</x:v>
+        <x:v>ONDRON 2MG/ML AMPOULE</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>56-149-93</x:v>
+        <x:v>32-5223-19</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>INTAS PHARMACEUTICALS LIMITED</x:v>
       </x:c>
       <x:c r="E44" s="1" t="n">
-        <x:v>45929.50508101852</x:v>
+        <x:v>45722.56166666667</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>Pharmaceutical Solution Industries (PSI)</x:v>
+        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H44" s="2" t="n">
-        <x:v>44469</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="I44" s="5" t="n">
-        <x:v>351</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="J44" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str">
-        <x:v>ELUXADOLINE</x:v>
+        <x:v>DIAZEPAM</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>VIBERZI 100 MG FILM COATED TABLETS</x:v>
+        <x:v>VALIUM TAB 10 MG</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>2-5179-18</x:v>
+        <x:v>184-24-80</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>Patheon Pharmaceuticals Inc. </x:v>
+        <x:v>ROCHE</x:v>
       </x:c>
       <x:c r="E45" s="1" t="n">
-        <x:v>45924.578206018516</x:v>
+        <x:v>45578.549675925926</x:v>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>Cigalah Group</x:v>
+        <x:v>ALNAGHI COMPANY</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H45" t="str">
         <x:v/>
       </x:c>
       <x:c r="I45" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J45" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str">
-        <x:v>BENZOYL PEROXIDE</x:v>
+        <x:v>MEMANTINE HYDROCHLORIDE</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>BENZAC AC 2.5% GEL</x:v>
+        <x:v>ZEMENTA 20 mg film-coated tablet</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>8-274-98</x:v>
+        <x:v>1212211462</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>GALDERMA</x:v>
+        <x:v>SPIMACO</x:v>
       </x:c>
       <x:c r="E46" s="1" t="n">
-        <x:v>45907.48554398148</x:v>
+        <x:v>45372.446875</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>Galderma Arabia</x:v>
+        <x:v>SPIMACO</x:v>
       </x:c>
       <x:c r="G46" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H46" s="2" t="n">
-        <x:v>45859</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="I46" s="5" t="n">
-        <x:v>6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>Regulations Related Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str">
-        <x:v>DIETHYLAMINE SALICYLATE,AESCIN</x:v>
+        <x:v>METHOTREXATE</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>REPARIL GEL N</x:v>
+        <x:v>MEXAT 25 MG/ML SOLUTION FOR INJECTION</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>5-5927-25</x:v>
+        <x:v>4-5223-18</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>Rottapharm|Madaus Group</x:v>
+        <x:v>INTAS PHARMACEUTICALS LIMITED</x:v>
       </x:c>
       <x:c r="E47" s="1" t="n">
-        <x:v>45894.465092592596</x:v>
+        <x:v>45355.35016203704</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>Viatris Arabia Limited</x:v>
+        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H47" t="str">
         <x:v/>
       </x:c>
       <x:c r="I47" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>MAH/Agent changed</x:v>
+        <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str">
-        <x:v>DIETHYLAMINE SALICYLATE,AESCIN</x:v>
+        <x:v>TENOXICAM</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>REPARIL GEL N</x:v>
+        <x:v>TILCOTIL TAB 20MG</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>6-5927-25</x:v>
+        <x:v>1-864-13</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>Rottapharm|Madaus Group</x:v>
+        <x:v>ROCHE</x:v>
       </x:c>
       <x:c r="E48" s="1" t="n">
-        <x:v>45894.46493055556</x:v>
+        <x:v>45350.6821875</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>Viatris Arabia Limited</x:v>
+        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
       </x:c>
       <x:c r="G48" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H48" t="str">
         <x:v/>
       </x:c>
       <x:c r="I48" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>MAH/Agent changed</x:v>
+        <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str">
-        <x:v>RISANKIZUMAB</x:v>
+        <x:v>HUMAN PAPILLOMAVIRUS TYPE 18 L1 PROTEIN,HUMAN PAPILLOMAVIRUS TYPE 16 L1 PROTEIN</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>SKYRIZI 75 mg </x:v>
+        <x:v>CERVARIX VACCINE</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>0902200010</x:v>
+        <x:v>1612200341</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>AbbVie Deutschland GmbH &amp; Co KG</x:v>
+        <x:v>GLAXOSMITHKLINE (GSK)</x:v>
       </x:c>
       <x:c r="E49" s="1" t="n">
-        <x:v>45866.65969907407</x:v>
+        <x:v>45348.34538194445</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>Farouk, Maamoun Tamer &amp; CO</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G49" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H49" s="2" t="n">
-        <x:v>45706</x:v>
+      <x:c r="H49" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I49" s="5" t="n">
-        <x:v>6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J49" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str">
-        <x:v>BARICITINIB</x:v>
+        <x:v> MONOVALENT INACTIVATED SPILIT VIRION AH 1N1,MONOVALENT INACTIVATED SPILIT VIRION AH 3N2,MONOVALENT INACTIVATED SPILIT VIRION B STRAIN VICTORIA LINEAGE,MONOVALENT INACTIVATED SPILIT VIRION B STRAIN YAMAGATE LINEAGE</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>OLUMIANT 4 mg Film Coated Tablet</x:v>
+        <x:v>FLUARIX TETRA Suspension for Injection in Pre-filled Syringe</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>2503245092</x:v>
+        <x:v>158-276-20</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>LILLY DEL CARIBE, INC.</x:v>
+        <x:v>GLAXOSMITHKLINE (GSK)</x:v>
       </x:c>
       <x:c r="E50" s="1" t="n">
-        <x:v>45861.511712962965</x:v>
+        <x:v>45342.37228009259</x:v>
       </x:c>
       <x:c r="F50" t="str">
         <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G50" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H50" t="str">
         <x:v/>
       </x:c>
       <x:c r="I50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J50" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str">
-        <x:v>BARICITINIB</x:v>
+        <x:v>BERACTANT</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>OLUMIANT 2 mg Film Coated Tablet</x:v>
+        <x:v>SURVANTA INTRATRACHEAL SUSP.VIAL 8ML</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>2503245093</x:v>
+        <x:v>1-548-15</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>LILLY DEL CARIBE, INC.</x:v>
+        <x:v>Abbott Laboratories</x:v>
       </x:c>
       <x:c r="E51" s="1" t="n">
-        <x:v>45861.51157407407</x:v>
+        <x:v>45204.626388888886</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
+        <x:v>Farouk, Maamoun Tamer &amp; CO</x:v>
       </x:c>
       <x:c r="G51" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H51" t="str">
         <x:v/>
       </x:c>
       <x:c r="I51" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str">
-        <x:v>DULOXETINE</x:v>
+        <x:v>TESTOSTERONE</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>CYMBALTA 60MG HARD GASTRO-RESISTANT CAP</x:v>
+        <x:v>TESTAVAN</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>0512222979</x:v>
+        <x:v>1005210726</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>Lilly Del Caribe, Inc.</x:v>
+        <x:v>ORION PHARMA</x:v>
       </x:c>
       <x:c r="E52" s="1" t="n">
-        <x:v>45859.44247685185</x:v>
+        <x:v>45186.645532407405</x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
+        <x:v>Abdulrehman Algosaibi G.T.C.</x:v>
       </x:c>
       <x:c r="G52" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H52" s="2" t="n">
-        <x:v>45748</x:v>
+      <x:c r="H52" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I52" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>Global Shortage</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str">
-        <x:v>SELPERCATINIB</x:v>
+        <x:v>ROPIVACAINE</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>Retevmo</x:v>
+        <x:v>NAROPIN 10MG-ML AMP</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>2806222275</x:v>
+        <x:v>57-887-19 </x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>Quotient Sciences Philadelphia LLC</x:v>
+        <x:v>AstraZeneca</x:v>
       </x:c>
       <x:c r="E53" s="1" t="n">
-        <x:v>45833.59011574074</x:v>
+        <x:v>44710.37363425926</x:v>
       </x:c>
       <x:c r="F53" t="str">
         <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H53" t="str">
         <x:v/>
       </x:c>
       <x:c r="I53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J53" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str">
-        <x:v>ONDANSETRON</x:v>
+        <x:v>ROPIVACAINE</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>ONDRON 2MG/ML AMPOULE</x:v>
+        <x:v>NAROPIN 7.5MG-ML AMP</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>33-5223-19</x:v>
+        <x:v>47-887-19</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>INTAS PHARMACEUTICALS LIMITED</x:v>
+        <x:v>Richter Pharma</x:v>
       </x:c>
       <x:c r="E54" s="1" t="n">
-        <x:v>45736.49753472222</x:v>
+        <x:v>44710.370254629626</x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H54" s="2" t="n">
-        <x:v>45720</x:v>
+      <x:c r="H54" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I54" s="5" t="n">
-        <x:v>9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J54" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str">
-        <x:v>ONDANSETRON</x:v>
+        <x:v>REMIFENTANIL HYDROCHLORIDE</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>ONDRON 2MG/ML AMPOULE</x:v>
+        <x:v>ULTIVA 2MG VIAL(LYOPHILIZED)</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>32-5223-19</x:v>
+        <x:v>42-887-19</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>INTAS PHARMACEUTICALS LIMITED</x:v>
+        <x:v>GLAXOSMITHKLINE (GSK)</x:v>
       </x:c>
       <x:c r="E55" s="1" t="n">
-        <x:v>45722.56166666667</x:v>
+        <x:v>44699.40791666666</x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
+        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H55" s="2" t="n">
-        <x:v>45720</x:v>
+      <x:c r="H55" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I55" s="5" t="n">
-        <x:v>9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J55" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str">
-        <x:v>TOPIRAMATE</x:v>
+        <x:v>IBUPROFEN</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>TOPAMAX 200MG F.C.TAB.</x:v>
+        <x:v>SPEDIFEN 600MG GRANULES</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>37-51-99</x:v>
+        <x:v>1811211336</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>JANSSEN-CILAG</x:v>
+        <x:v>ZAMBON SWITZERLAND LTD</x:v>
       </x:c>
       <x:c r="E56" s="1" t="n">
-        <x:v>45708.53009259259</x:v>
+        <x:v>44570.32962962963</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>Cigalah Group</x:v>
+        <x:v>SAUDI ARABIAN DRUG STORE COMPANY</x:v>
       </x:c>
       <x:c r="G56" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H56" t="str">
         <x:v/>
       </x:c>
       <x:c r="I56" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J56" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str">
-        <x:v>DIAZEPAM</x:v>
+        <x:v>IBUPROFEN</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>VALIUM TAB 10 MG</x:v>
+        <x:v>SPEDIFEN 400MG GRANULES</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>184-24-80</x:v>
+        <x:v>2-462-10</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>ROCHE</x:v>
+        <x:v>ZAMBON SWITZERLAND LTD</x:v>
       </x:c>
       <x:c r="E57" s="1" t="n">
-        <x:v>45578.549675925926</x:v>
+        <x:v>44567.37329861111</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>ALNAGHI COMPANY</x:v>
+        <x:v>SAUDI ARABIAN DRUG STORE COMPANY</x:v>
       </x:c>
       <x:c r="G57" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H57" t="str">
         <x:v/>
       </x:c>
       <x:c r="I57" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str">
-        <x:v>Brolucizumab</x:v>
+        <x:v>ALBUMIN HUMAN</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>Beovu</x:v>
+        <x:v>FLEXBUMIN 200GM/L SOLUTION FOR INFUSION</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>2311200287</x:v>
+        <x:v>0504233487</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>NOVARTIS Pharma Stein AG</x:v>
+        <x:v>Baxalta US, Inc</x:v>
       </x:c>
       <x:c r="E58" s="1" t="n">
-        <x:v>45450.45445601852</x:v>
+        <x:v>44542.38606481482</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>Novartis Saudi Limited</x:v>
+        <x:v>Arabian Health Care Co.</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H58" t="str">
         <x:v/>
       </x:c>
       <x:c r="I58" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J58" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str">
-        <x:v>MEMANTINE HYDROCHLORIDE</x:v>
+        <x:v>FACTOR VIII INHIBITOR BYPASSING FRACTION</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>ZEMENTA 20 mg film-coated tablet</x:v>
+        <x:v>FEIBA 50U POWDER&amp;SOLVENT</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>1212211462</x:v>
+        <x:v>0701268884</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>SPIMACO</x:v>
+        <x:v>TAKEDA MANUFACTURING AUSTRIA AG</x:v>
       </x:c>
       <x:c r="E59" s="1" t="n">
-        <x:v>45372.446875</x:v>
+        <x:v>44538.442824074074</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>SPIMACO</x:v>
+        <x:v>Arabian Health Care Co.</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
-      <x:c r="H59" s="2" t="n">
-        <x:v>44502</x:v>
+      <x:c r="H59" t="str">
+        <x:v/>
       </x:c>
       <x:c r="I59" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>Regulations Related Issue</x:v>
+        <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str">
-        <x:v>METHOTREXATE</x:v>
+        <x:v>NORMAL HUMAN IMMUNOGLOBULIN</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>MEXAT 25 MG/ML SOLUTION FOR INJECTION</x:v>
+        <x:v>KIOVIG 100MG/ML SOLUTION FOR INFUSION</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>4-5223-18</x:v>
+        <x:v>8-5603-21</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>INTAS PHARMACEUTICALS LIMITED</x:v>
+        <x:v>BAXTER CO LIMITED</x:v>
       </x:c>
       <x:c r="E60" s="1" t="n">
-        <x:v>45355.35016203704</x:v>
+        <x:v>44537.37861111111</x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
+        <x:v>Arabian Health Care Co.</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H60" t="str">
         <x:v/>
       </x:c>
       <x:c r="I60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J60" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str">
-        <x:v>TENOXICAM</x:v>
+        <x:v>OSELTAMIVIR</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>TILCOTIL TAB 20MG</x:v>
+        <x:v>TAMIFLU 75 MG CAPSULE</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>1-864-13</x:v>
+        <x:v>232-24-01</x:v>
       </x:c>
       <x:c r="D61" t="str">
         <x:v>ROCHE</x:v>
       </x:c>
       <x:c r="E61" s="1" t="n">
-        <x:v>45350.6821875</x:v>
+        <x:v>44517.64423611111</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>ZIMMO TRADING ESTABLISHMENT</x:v>
+        <x:v>ALNAGHI COMPANY</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H61" t="str">
         <x:v/>
       </x:c>
       <x:c r="I61" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J61" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str">
-        <x:v>HUMAN PAPILLOMAVIRUS TYPE 18 L1 PROTEIN,HUMAN PAPILLOMAVIRUS TYPE 16 L1 PROTEIN</x:v>
+        <x:v>CALCITONIN SALMON</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>CERVARIX VACCINE</x:v>
+        <x:v>MIACALCIC 100 IU-ML AMP</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>1612200341</x:v>
+        <x:v>2-5588-21</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>GLAXOSMITHKLINE (GSK)</x:v>
+        <x:v>S.P. Veterinaria s.a Co.</x:v>
       </x:c>
       <x:c r="E62" s="1" t="n">
-        <x:v>45348.34538194445</x:v>
+        <x:v>44248.35842592592</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>SAUDI INTERNATIONAL TRADING COMPANY LTD (SITCO)</x:v>
+        <x:v>Farouk, Maamoun Tamer &amp; CO</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H62" t="str">
         <x:v/>
       </x:c>
       <x:c r="I62" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
+        <x:v>MAH/Agent changed</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str">
-        <x:v>DONEPEZIL HYDROCHLORIDE</x:v>
+        <x:v>VERAPAMIL HYDROCHLORIDE</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>DONECEPT 5MG TABLET</x:v>
+        <x:v>ISOPTIN RETARD TAB 120MG</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>5-170-14</x:v>
+        <x:v>10-63-82</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>ACTAVIS</x:v>
+        <x:v>Abbott Laboratories</x:v>
       </x:c>
       <x:c r="E63" s="1" t="n">
-        <x:v>45342.463125</x:v>
+        <x:v>44143.59149305556</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>Abdulrehman Algosaibi G.T.C.</x:v>
+        <x:v>Farouk, Maamoun Tamer &amp; CO</x:v>
       </x:c>
       <x:c r="G63" t="str">
         <x:v>Discontinuation</x:v>
       </x:c>
       <x:c r="H63" t="str">
         <x:v/>
       </x:c>
       <x:c r="I63" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>Commercial /Manufacturing Issue</x:v>
-[...446 lines deleted...]
-      <x:c r="J77" t="str">
         <x:v>Commercial /Manufacturing Issue</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>