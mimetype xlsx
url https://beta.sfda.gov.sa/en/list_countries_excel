--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -3304,56 +3304,58 @@
       <c r="AD22" t="s">
         <v>67</v>
       </c>
       <c r="AE22" t="s">
         <v>68</v>
       </c>
       <c r="AF22" t="s">
         <v>67</v>
       </c>
       <c r="AG22" t="s">
         <v>68</v>
       </c>
       <c r="AH22" t="s">
         <v>118</v>
       </c>
       <c r="AI22" t="s">
         <v>51</v>
       </c>
       <c r="AJ22"/>
       <c r="AK22" t="s">
         <v>51</v>
       </c>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
-      <c r="AO22"/>
+      <c r="AO22" t="s">
+        <v>68</v>
+      </c>
       <c r="AP22" t="s">
         <v>67</v>
       </c>
       <c r="AQ22" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="AR22" t="s">
         <v>68</v>
       </c>
       <c r="AS22" t="s">
         <v>51</v>
       </c>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:49">
       <c r="A23" t="s">
         <v>120</v>
       </c>
       <c r="B23" t="s">
         <v>121</v>
       </c>
       <c r="C23" t="s">
         <v>122</v>
       </c>
       <c r="D23"/>